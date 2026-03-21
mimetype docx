--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -109,51 +109,51 @@
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
-      <w:t>Generated on 2026-02-04</w:t>
+      <w:t>Generated on 2026-03-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">